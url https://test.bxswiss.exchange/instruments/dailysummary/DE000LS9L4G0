--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4106adb7bab74014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R425ff749c3df4de0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80356cf901c2415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4ad2983290b4223"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c2ea3ab76fb4258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80356cf901c2415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e8b359e5d64137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4ad2983290b4223" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Bullish Dip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>91,858</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>24.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,113</x:t>
-[...70 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,235</x:t>
-[...63 lines deleted...]
-          <x:t>92,202</x:t>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>