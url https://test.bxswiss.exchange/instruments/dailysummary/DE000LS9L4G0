--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R425ff749c3df4de0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R322c4df8942e4efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4ad2983290b4223"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f171910d9a46ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73e8b359e5d64137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4ad2983290b4223" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19fec2ecfe8b4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f171910d9a46ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German Bullish Dip</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4G0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...171 lines deleted...]
-          <x:t>91,706</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,585</x:t>
-[...404 lines deleted...]
-          <x:t>91,967</x:t>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>