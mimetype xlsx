--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R790f18f46a0549fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref9f88fe273b43c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R141d0e4017b04662"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af3c7f2ac954d7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb21dc023337743f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R141d0e4017b04662" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02057570f5a54471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af3c7f2ac954d7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TecDACH TopPick</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>171,001</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>