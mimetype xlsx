--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a9c38624c2f4d32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9a25a086f74c57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b513dc68b064b70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1467a395b44c4a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe8db3bbdd354beb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b513dc68b064b70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d39e3cd6cdd4eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1467a395b44c4a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>boersenbriefe-flow-trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,459 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...426 lines deleted...]
-          <x:t>114,230</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>