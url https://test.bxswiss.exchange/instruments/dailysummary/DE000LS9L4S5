--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb79ddc1f19a4511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red210ed41ebd4a53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36881ea158294ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28b5faa188144323"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e91c8a5e8464883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36881ea158294ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88a77e445d14877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28b5faa188144323" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4S5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>120,546</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>