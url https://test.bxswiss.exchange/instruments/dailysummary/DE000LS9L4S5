--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red210ed41ebd4a53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480d751922d44027" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28b5faa188144323"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0caa6d8c708441f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88a77e445d14877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28b5faa188144323" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a852aad2ab4199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0caa6d8c708441f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L4S5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...431 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,647</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>126,647</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>