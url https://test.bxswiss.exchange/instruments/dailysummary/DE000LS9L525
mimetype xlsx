--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84d85ec419d5499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa6b18a8a7a04fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9a09bcae9ae4082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d2ee0b32d964384"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a461ce81cb04380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9a09bcae9ae4082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6454f301415c4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d2ee0b32d964384" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Electronic Gaming Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>199,110</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>