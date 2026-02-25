--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa6b18a8a7a04fcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radfa52b048eb4bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d2ee0b32d964384"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re671a3f708cb4c0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6454f301415c4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d2ee0b32d964384" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54ae29d55fb643ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re671a3f708cb4c0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SP Electronic Gaming Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>