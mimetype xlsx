--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6a60c0e682a412b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc65453baa91d484a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R930ab958dedd4c15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ab29f050504ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rceb43542c3cc42ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R930ab958dedd4c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f22585e6fa4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ab29f050504ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn - Top Dividende DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>130,373</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,027</x:t>
-[...377 lines deleted...]
-          <x:t>130,685</x:t>
+          <x:t>128,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>