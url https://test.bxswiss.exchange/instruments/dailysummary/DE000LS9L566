--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc65453baa91d484a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed11bc6d8b64627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ab29f050504ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a6a66d57dac4c22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f22585e6fa4a71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ab29f050504ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0215e8765cbc4b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a6a66d57dac4c22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn - Top Dividende DEU</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,952</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>138,094</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>