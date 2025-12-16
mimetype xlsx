--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re37243b919b84475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a8dd8027524864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7fad6ad957a4302"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20237337ba70456a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c18bed8b38c406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7fad6ad957a4302" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a3dadd2f4841b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20237337ba70456a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>515,680</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>