--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a8dd8027524864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2f0ad695f9404f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20237337ba70456a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racfe187e383c430f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a3dadd2f4841b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20237337ba70456a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R775bd91d483340c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racfe187e383c430f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien worldwide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>517,692</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>521,358</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>513,666</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>