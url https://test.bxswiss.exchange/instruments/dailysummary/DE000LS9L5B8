--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090dbb33ef13464c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c7817523444755" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16af32d32f8f407c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44e826371c404ec8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9d621b5d1d44b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16af32d32f8f407c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37babbff62fd43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44e826371c404ec8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Total</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>151,580</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>