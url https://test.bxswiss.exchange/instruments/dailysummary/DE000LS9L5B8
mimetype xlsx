--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c7817523444755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432e85de5f9f4f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44e826371c404ec8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f721e33a3d94933"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37babbff62fd43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44e826371c404ec8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd153a5db068c420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f721e33a3d94933" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Total</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5B8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>