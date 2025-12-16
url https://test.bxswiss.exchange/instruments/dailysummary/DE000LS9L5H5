--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce3b0df74e374c33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc9c623f4084106" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ff1c6e6c1441e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336cc3b4eb9e4b54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07db6a23d64408a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ff1c6e6c1441e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e88903cbfe4d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336cc3b4eb9e4b54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_bytheway</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5H5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>130,804</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,039</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>129,769</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,878</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>129,353</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>