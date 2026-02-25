--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc9c623f4084106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2595c05364c04207" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R336cc3b4eb9e4b54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7450ff09cf5e479f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e88903cbfe4d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R336cc3b4eb9e4b54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R273a3bc9f7014120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7450ff09cf5e479f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_bytheway</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5H5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...522 lines deleted...]
-          <x:t>128,687</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,236</x:t>
-[...53 lines deleted...]
-          <x:t>128,949</x:t>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>