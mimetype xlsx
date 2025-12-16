--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59af281acd484e4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree896d32553f4d97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82efa73f61a14c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ba7e4d28234dbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reac5522828594946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82efa73f61a14c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f222786141d4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ba7e4d28234dbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Invest Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5J1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>81,243</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,189</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>88,797</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>