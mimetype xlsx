--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree896d32553f4d97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16125e3a6b084a27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ba7e4d28234dbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc98afe640c0f4239"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f222786141d4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ba7e4d28234dbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6473e299c794bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc98afe640c0f4239" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance Invest Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5J1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...414 lines deleted...]
-          <x:t>82,318</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,251</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>80,993</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>