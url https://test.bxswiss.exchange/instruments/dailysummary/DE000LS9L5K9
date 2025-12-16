--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e88630e64234a95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb990de3a25ff4074" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4f176243e4455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f9c033d1054c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92f71071fe304671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4f176243e4455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ae00400eca4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f9c033d1054c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>204,816</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,376</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>204,215</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>203,718</x:t>
-[...274 lines deleted...]
-          <x:t>204,842</x:t>
+          <x:t>205,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>