--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb990de3a25ff4074" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dfd4239c164465a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f9c033d1054c89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c675ec3b28b4114"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01ae00400eca4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f9c033d1054c89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf988efb1495447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c675ec3b28b4114" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy Investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5K9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>