--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra34f7c8dc14b4277" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc006e6d270294625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R731c5d77caad4aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85e8809df93345b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7756a1d704ef4ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R731c5d77caad4aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf004a9341de84250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85e8809df93345b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scale Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5T0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>79,523</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>