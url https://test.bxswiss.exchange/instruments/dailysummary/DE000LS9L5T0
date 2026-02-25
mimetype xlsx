--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc006e6d270294625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf526cea1eaa7444b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85e8809df93345b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccc9c8dee0c34ef2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf004a9341de84250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85e8809df93345b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec05af48df5e4f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccc9c8dee0c34ef2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scale Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L5T0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>77,295</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,111</x:t>
-[...220 lines deleted...]
-          <x:t>76,575</x:t>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>