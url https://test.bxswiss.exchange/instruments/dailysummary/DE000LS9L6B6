--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a2c443563e4cd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0d2037300744ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d31e4c489404e6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34eec63d15354741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d172e1f8f5430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d31e4c489404e6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b74c341a304395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34eec63d15354741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moarls Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L6B6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>170,903</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>