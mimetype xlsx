--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e0d2037300744ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca480e23e13f456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34eec63d15354741"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7500fc1896b4470b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b74c341a304395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34eec63d15354741" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb015716b8829429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7500fc1896b4470b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Moarls Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L6B6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,441</x:t>
-[...279 lines deleted...]
-          <x:t>174,960</x:t>
+          <x:t>175,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>