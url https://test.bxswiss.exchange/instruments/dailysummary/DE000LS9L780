--- v0 (2025-10-04)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R112a4e7466c34085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb70e78a763144770" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f272344c65f4e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf392888097a4546"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1046b86f16d84723" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f272344c65f4e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6965d756dc7941de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf392888097a4546" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte + Turnaround</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>67,656</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,511</x:t>
-[...112 lines deleted...]
-          <x:t>68,830</x:t>
+          <x:t>67,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>