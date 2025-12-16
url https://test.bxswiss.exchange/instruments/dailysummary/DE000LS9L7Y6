--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6a3e6a46ed3497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb6d608403ec49d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58c526bf58cc4679"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae81f230000646d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ef948dd2f14897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58c526bf58cc4679" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1828156aa7bd4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae81f230000646d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vegan Mega Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,426 +149,392 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...393 lines deleted...]
-          <x:t>55,060</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>