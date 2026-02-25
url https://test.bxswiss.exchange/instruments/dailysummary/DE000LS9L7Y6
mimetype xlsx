--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb6d608403ec49d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf2173f4ac88490c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae81f230000646d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12913dcd10444ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1828156aa7bd4276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae81f230000646d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9806f61caed44f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12913dcd10444ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vegan Mega Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Y6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,392 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...101 lines deleted...]
-          <x:t>53,882</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,812</x:t>
-[...247 lines deleted...]
-          <x:t>53,871</x:t>
+          <x:t>54,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>