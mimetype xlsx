--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c7d9b6d252477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R771bf1f4cc1d4b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0f6221c06994886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e39fad99af84cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2c09d6908e9404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0f6221c06994886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R738df769601b4bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e39fad99af84cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Technology Rule Breakers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>142,188</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>