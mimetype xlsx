--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R771bf1f4cc1d4b00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68c834e23b514518" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e39fad99af84cd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ab156c752434588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R738df769601b4bec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e39fad99af84cd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57e9a72f73142fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ab156c752434588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Technology Rule Breakers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L7Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>139,696</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...154 lines deleted...]
-          <x:t>138,466</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>