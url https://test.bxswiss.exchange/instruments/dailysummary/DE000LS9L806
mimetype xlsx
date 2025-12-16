--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e86dec8f9e4cf7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00ca062163a4229" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a09dbef0224360"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd8ce094ccc4af8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92c601f7447849da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a09dbef0224360" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R447d5090e4194854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd8ce094ccc4af8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andyks-BKI-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>111,732</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>