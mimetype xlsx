--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re00ca062163a4229" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2597becc90d34c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd8ce094ccc4af8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6facf75675ba4aa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R447d5090e4194854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd8ce094ccc4af8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R855fb3e565404e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6facf75675ba4aa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Andyks-BKI-Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>106,601</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,160</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>107,498</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>