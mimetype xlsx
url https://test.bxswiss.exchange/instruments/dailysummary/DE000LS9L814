--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad6797c458a8440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R181a829f527443c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18bc2c35a756422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6166b26306014b3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46bf9f26b187459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18bc2c35a756422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b1a33d5327f47ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6166b26306014b3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargeldlos bezahlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>166,566</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>