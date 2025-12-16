--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re83c352e9cff4414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb29476b3434bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9af0491995a14c6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3828d1eb5064796"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra411297d11354b26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9af0491995a14c6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce60058594f40b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3828d1eb5064796" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50SharesOfMike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>174,822</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>