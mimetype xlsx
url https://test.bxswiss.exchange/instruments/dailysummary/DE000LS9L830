--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb29476b3434bc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098ae40e304342bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3828d1eb5064796"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re62e967437c84677"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce60058594f40b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3828d1eb5064796" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b7337bfcc142ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re62e967437c84677" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50SharesOfMike</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>179,168</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>178,945</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>