--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bed35fc2fc142eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9544b19f514d98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c4539fea5b4592"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dd291bbcc094819"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87a55e8ef7194f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c4539fea5b4592" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57dc02ec2c08429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dd291bbcc094819" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopLTM Bio+Tech+IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>151,858</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>