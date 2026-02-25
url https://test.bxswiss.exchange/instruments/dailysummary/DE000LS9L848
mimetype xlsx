--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9544b19f514d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ed95520bb04998" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dd291bbcc094819"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20afea23dd804efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57dc02ec2c08429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dd291bbcc094819" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9cc5d4c18ac4b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20afea23dd804efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TopLTM Bio+Tech+IT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L848</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>157,779</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>158,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>