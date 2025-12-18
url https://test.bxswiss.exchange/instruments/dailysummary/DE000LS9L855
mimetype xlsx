--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd64077e9c124cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dbaf841ba7f4634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56de126ced0c425a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23dc28ceedd8471f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R344b3e133c0c46da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56de126ced0c425a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcffccbffb146437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23dc28ceedd8471f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>85,845</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>