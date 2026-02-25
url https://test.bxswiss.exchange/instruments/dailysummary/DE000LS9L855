--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dbaf841ba7f4634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd037f5277258442b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23dc28ceedd8471f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e63162f8f9d48ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcffccbffb146437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23dc28ceedd8471f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06b6a9857914584" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e63162f8f9d48ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investieren nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>89,262</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>88,957</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,172</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>89,407</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>