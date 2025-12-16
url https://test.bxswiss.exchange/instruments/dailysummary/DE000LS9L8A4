--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bc9d12f2d494dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4956d40f53744551" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e3400dad4c4ef7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53e8cffe555448a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9c99bd6cce4ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e3400dad4c4ef7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0eb4da2898c42f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53e8cffe555448a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>146,901</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,941</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>147,217</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>