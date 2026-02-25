--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4956d40f53744551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042f56e278e44348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53e8cffe555448a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae05d1fbf3374d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0eb4da2898c42f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53e8cffe555448a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320a86d9df254b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae05d1fbf3374d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8A4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>