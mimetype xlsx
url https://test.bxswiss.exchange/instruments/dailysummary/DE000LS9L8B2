--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e3cdd683c254b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd64a92791824aa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6617c8d9f14b492f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76893a7159b148ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44867e0000d84564" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6617c8d9f14b492f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdd81d0a7cc84271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76893a7159b148ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>152,584</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>