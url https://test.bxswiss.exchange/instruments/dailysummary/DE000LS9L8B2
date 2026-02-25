--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd64a92791824aa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d4662621e734719" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76893a7159b148ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re400d1279b1f4bc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdd81d0a7cc84271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76893a7159b148ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra30886a8858a4c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re400d1279b1f4bc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Dividenden Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8B2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>