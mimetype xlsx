--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14e7705a6d14ffd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5042f8e7e3a412b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e2ecf5e02e24b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R613f9173accb4868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9544ff697e694da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e2ecf5e02e24b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5386dc8c87c42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R613f9173accb4868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>riemes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>217,234</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>