--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5042f8e7e3a412b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcfe419fcc3d41ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R613f9173accb4868"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2335eda84cf54843"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5386dc8c87c42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R613f9173accb4868" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf2312338c0d4746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2335eda84cf54843" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>riemes</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>