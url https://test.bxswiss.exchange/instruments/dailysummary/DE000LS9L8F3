--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea8d2c1e70864171" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e580d542da146a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ae9966bf38e4bc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec719a43c2f14b80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R084abfe7b2004f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ae9966bf38e4bc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d335bf62c5147c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec719a43c2f14b80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit inneren Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>223,105</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>