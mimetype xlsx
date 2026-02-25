--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e580d542da146a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f28f45672b04704" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec719a43c2f14b80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd86bfd1350a74f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d335bf62c5147c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec719a43c2f14b80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5624555a71ee469b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd86bfd1350a74f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit inneren Werten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8F3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>