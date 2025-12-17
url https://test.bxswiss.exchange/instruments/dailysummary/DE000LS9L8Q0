--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf0a234ac3a14283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fd82d71f9b243ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R927fd79e04904b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22ab6bd3b5134303"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2624b5ac068b42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R927fd79e04904b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea9199bdbde4a3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22ab6bd3b5134303" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunftstechnologien 4.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Q0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>659,313</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>