--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red36e9710f7f4ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2bb1948d494503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbae01a9f3c04b6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R163240c95b3a4fdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R624375daf0c04e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbae01a9f3c04b6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64fb2a92d24a43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R163240c95b3a4fdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stocks Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>193,444</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,296</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>195,756</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>