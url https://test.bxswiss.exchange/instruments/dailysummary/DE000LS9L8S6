--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2bb1948d494503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b48e4d39c134305" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R163240c95b3a4fdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R163a0d014e374bdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64fb2a92d24a43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R163240c95b3a4fdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6c9d83c91d54717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R163a0d014e374bdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Stocks Europe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8S6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>