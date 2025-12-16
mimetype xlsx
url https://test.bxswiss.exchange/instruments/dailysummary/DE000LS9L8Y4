--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96019f85f5bb47bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b579cc9891d451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7bf4048bc1442b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940e0825019d465c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79edb89375914295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7bf4048bc1442b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d07813953f497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940e0825019d465c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach O´Neil (CANSLIM)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>134,114</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>