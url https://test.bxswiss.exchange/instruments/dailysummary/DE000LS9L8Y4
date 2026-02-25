--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b579cc9891d451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R543f02f397124bcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940e0825019d465c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02bf4b3391404b6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12d07813953f497f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940e0825019d465c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f866e9c9dad4b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02bf4b3391404b6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektion nach O´Neil (CANSLIM)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L8Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>