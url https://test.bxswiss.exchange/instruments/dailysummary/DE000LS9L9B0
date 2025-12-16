--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra78e4d5f6d78462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190e51ab5b034efa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f7b0c4fccb5424a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b524da179740ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dca98c24d6e4ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f7b0c4fccb5424a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f14a2fdc1f4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b524da179740ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>consumer stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>199,520</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>