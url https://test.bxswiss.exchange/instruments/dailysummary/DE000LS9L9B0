--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190e51ab5b034efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935288111d7d4823" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67b524da179740ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79633a0449fb4b24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26f14a2fdc1f4083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67b524da179740ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e2846bd94d46e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79633a0449fb4b24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>consumer stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9B0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>