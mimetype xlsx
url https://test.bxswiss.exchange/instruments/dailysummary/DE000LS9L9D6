--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra919a620412c459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b80e48a6b9b44b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8849f06680ed49dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46780ea5f45a46eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ad43bb3e1794f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8849f06680ed49dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf772e7ec588463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46780ea5f45a46eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Value Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>81,255</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>