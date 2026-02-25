--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b80e48a6b9b44b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c933a6017584006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46780ea5f45a46eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03c3cac92f8e4225"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf772e7ec588463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46780ea5f45a46eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1183b51625f0495a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03c3cac92f8e4225" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Value Resources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9D6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>59,729</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,618</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>59,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>