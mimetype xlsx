--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdffb103432684685" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea2a4d232984387" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3df07aeb2fe4774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba00ee405694c93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61a27e0347b47dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3df07aeb2fe4774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda75d3e81ca24037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba00ee405694c93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frumpel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,908</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>256,160</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>