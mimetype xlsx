--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ea2a4d232984387" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55f09a496e224cfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba00ee405694c93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re067f28108b1489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda75d3e81ca24037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba00ee405694c93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8a4d83c1756427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re067f28108b1489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Frumpel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>