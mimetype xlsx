--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a94b73f9aa844cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6069bd0b633f4984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec05ab0692fc439b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3522c89e9f2e470d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75adec891bcb4eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec05ab0692fc439b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c88bf3579ee441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3522c89e9f2e470d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1.256,750</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.253,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.243,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.249,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.244,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.242,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.248,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>