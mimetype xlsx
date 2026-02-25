--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6069bd0b633f4984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e81804ae264ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3522c89e9f2e470d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0b67bbdac5c400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c88bf3579ee441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3522c89e9f2e470d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70863d12194548b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0b67bbdac5c400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technikunternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9L9U0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.212,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.221,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.203,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.214,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>