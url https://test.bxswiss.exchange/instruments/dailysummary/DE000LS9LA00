--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R201aa84defa3462c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b3735c776594410" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce3014725844576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949e72ab7ec4453d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe5c3eff9cb14afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce3014725844576" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aef415b0bb04450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949e72ab7ec4453d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Dividend Aristocrats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>113,646</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,572</x:t>
-[...274 lines deleted...]
-          <x:t>114,098</x:t>
+          <x:t>112,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>