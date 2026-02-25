--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b3735c776594410" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88b4e1144c46478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R949e72ab7ec4453d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aac9d438bf34a46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aef415b0bb04450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R949e72ab7ec4453d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f2730ab03684312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aac9d438bf34a46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Dividend Aristocrats</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>114,539</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,139</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>114,856</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>