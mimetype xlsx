--- v0 (2025-10-03)
+++ v1 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f0b8a4b778a4ad6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0122cbed01eb40cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20da261657bc403a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra97401ef91b5468c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re854f994a19d430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20da261657bc403a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcec27d928b94738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra97401ef91b5468c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Quant Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>114,611</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>