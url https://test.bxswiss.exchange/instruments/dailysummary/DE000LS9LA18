--- v1 (2025-12-13)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0122cbed01eb40cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed2f91778e34349" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra97401ef91b5468c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d50ca8ddee54471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcec27d928b94738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra97401ef91b5468c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73d0f0c19dea4097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d50ca8ddee54471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Quant Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>111,472</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>112,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>111,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,825</x:t>
-[...323 lines deleted...]
-          <x:t>112,579</x:t>
+          <x:t>111,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>