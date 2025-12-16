--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bac003a04dc4eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e082bffba584ab1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R369e2d739eee402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe2af6409b054656"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4737f64785204e2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R369e2d739eee402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra581012ffc964075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe2af6409b054656" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,426</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>193,034</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>