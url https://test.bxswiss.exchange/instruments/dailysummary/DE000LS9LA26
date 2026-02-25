--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e082bffba584ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9348eded0534024" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe2af6409b054656"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4d027d049fd4d72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra581012ffc964075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe2af6409b054656" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R693c17b6d5564452" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4d027d049fd4d72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>