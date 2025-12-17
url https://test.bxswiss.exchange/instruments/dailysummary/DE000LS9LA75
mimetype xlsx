--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e6ad14449564c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33c17518e8540ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R828b4549e49d4856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc85b1d8351264a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdc9b2f8fadc4864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R828b4549e49d4856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e326ffd95f42ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc85b1d8351264a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KMInvest Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>152,489</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,149</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>152,348</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>