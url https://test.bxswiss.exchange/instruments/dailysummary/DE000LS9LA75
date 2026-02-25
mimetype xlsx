--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re33c17518e8540ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b2634e927174b33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc85b1d8351264a6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8cc7871091d4b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e326ffd95f42ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc85b1d8351264a6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebf3887a9be6477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8cc7871091d4b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KMInvest Value &amp; Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LA75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>151,716</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,516</x:t>
-[...431 lines deleted...]
-          <x:t>152,089</x:t>
+          <x:t>150,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>