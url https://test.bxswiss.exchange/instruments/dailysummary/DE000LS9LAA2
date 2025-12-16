--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ea4036e052743f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed8a710c28540d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c1f8c9257f4481"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd08cdc029f94edb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd65e048fd8443f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c1f8c9257f4481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab783fb9d6a4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd08cdc029f94edb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweite Dividendentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>107,650</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>106,667</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>