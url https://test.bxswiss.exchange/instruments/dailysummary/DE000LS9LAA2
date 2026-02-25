--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ed8a710c28540d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bf406861c5c484a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd08cdc029f94edb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re688372253dc4cb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab783fb9d6a4583" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd08cdc029f94edb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3bab5494674ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re688372253dc4cb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>weltweite Dividendentitel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAA2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...517 lines deleted...]
-          <x:t>106,353</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,127</x:t>
-[...58 lines deleted...]
-          <x:t>107,084</x:t>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>