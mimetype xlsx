--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa4a57d6b7b44f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150c704cf9464468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R199ca63824654766"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R079c008531e54399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486a594318344faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R199ca63824654766" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb98de155e31845ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R079c008531e54399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trading-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,789</x:t>
-[...9 lines deleted...]
-          <x:t>157,312</x:t>
+          <x:t>154,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>