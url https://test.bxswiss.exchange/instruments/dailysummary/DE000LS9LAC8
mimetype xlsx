--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150c704cf9464468" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9bdb1c10fd4bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R079c008531e54399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f3dd7081bfc428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb98de155e31845ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R079c008531e54399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33b9571552ef4140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f3dd7081bfc428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Trading-Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAC8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>