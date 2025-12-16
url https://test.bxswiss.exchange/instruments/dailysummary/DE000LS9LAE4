--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb33544b4e504e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee1d1200058480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd4fd7a288434f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72505087cb2e4126"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b84453cdde4e15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd4fd7a288434f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27008b3de484442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72505087cb2e4126" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>183,911</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>