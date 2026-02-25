--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raee1d1200058480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79cd864265a3412d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72505087cb2e4126"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6a009ac30c44708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27008b3de484442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72505087cb2e4126" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd841e1f8fe2c4074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6a009ac30c44708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>