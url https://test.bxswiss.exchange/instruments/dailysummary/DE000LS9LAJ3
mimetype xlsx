--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8a79b3c44b4cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaca6157d96e4e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c39a94702ac493c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R205a95d58b404b06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b2b598526c94bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c39a94702ac493c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1176119ac277400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R205a95d58b404b06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Golden Wing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>159,867</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>