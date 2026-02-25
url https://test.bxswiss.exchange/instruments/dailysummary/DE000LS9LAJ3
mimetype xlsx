--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaca6157d96e4e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a6f743ec9794733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R205a95d58b404b06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2348a6234f74e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1176119ac277400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R205a95d58b404b06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf976b1313b964c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2348a6234f74e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Golden Wing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...446 lines deleted...]
-          <x:t>166,457</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>164,190</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>