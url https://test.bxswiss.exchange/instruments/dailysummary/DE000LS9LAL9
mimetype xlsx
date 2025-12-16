--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56405ad8beea4d5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6fec89f53e4ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R669f757fae5b4ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f2eb4e12644428"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02715627e8374ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R669f757fae5b4ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d35cce999ce4871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f2eb4e12644428" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mephisto VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>253,538</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>