--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb6fec89f53e4ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racffb5a3ede5433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f2eb4e12644428"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8e3eb5e0c34fa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d35cce999ce4871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f2eb4e12644428" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b78968950fa43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8e3eb5e0c34fa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mephisto VI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>