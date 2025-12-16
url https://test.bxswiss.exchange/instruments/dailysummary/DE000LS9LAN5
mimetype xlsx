--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18994825a5c14e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415520acd89842a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R865a7c44a6e44549"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eaf03ccf9764894"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b9b15f13ee649d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R865a7c44a6e44549" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R573b9d7ff96f40da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eaf03ccf9764894" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Realisierung 5.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>189,714</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,447</x:t>
-[...31 lines deleted...]
-          <x:t>190,670</x:t>
+          <x:t>188,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>