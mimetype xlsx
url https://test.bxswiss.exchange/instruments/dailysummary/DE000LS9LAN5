--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R415520acd89842a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df2c33d5eee4766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eaf03ccf9764894"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1746eba2661e4b84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R573b9d7ff96f40da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eaf03ccf9764894" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb03d3f355104ff6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1746eba2661e4b84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Realisierung 5.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAN5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>