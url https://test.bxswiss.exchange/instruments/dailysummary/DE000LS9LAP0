--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132b578d3cc741d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b6aaeac7034e05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4577290fd74709"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R657c6877b71c4db2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c2baad14614700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4577290fd74709" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9877efda54a4720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R657c6877b71c4db2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>168,895</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>