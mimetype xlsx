--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68b6aaeac7034e05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4ac2c4443347b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R657c6877b71c4db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra310d53471c341f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9877efda54a4720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R657c6877b71c4db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4375b6ba4c44f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra310d53471c341f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internationale Marktführer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>