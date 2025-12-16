--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72d48126a03e4b03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8205c0fd4a4b4faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5eea6da9ee15461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc48f2f9d0be44331"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb89e43de3a6431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5eea6da9ee15461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2774dab5c948c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc48f2f9d0be44331" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum, Value und Ethik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,176</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>