--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8205c0fd4a4b4faa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a3ea80a25945f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc48f2f9d0be44331"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ec99ab522ac47c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d2774dab5c948c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc48f2f9d0be44331" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb000bd6529f4826" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ec99ab522ac47c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum, Value und Ethik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...431 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,317</x:t>
-[...144 lines deleted...]
-          <x:t>127,841</x:t>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>