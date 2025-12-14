--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R429b85f44c404bc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re597573856634707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14785113961041d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R572687af31024ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda5200a7b354e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14785113961041d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra832d84589c9405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R572687af31024ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konzerne und Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAT2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,556</x:t>
-[...409 lines deleted...]
-          <x:t>145,373</x:t>
+          <x:t>144,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>146,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>