--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94345932544748c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R681e6425c70a47bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba2f4f5970e24c3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R610013084b054c54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf5e37cd07674e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba2f4f5970e24c3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5893d9da4743fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R610013084b054c54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Energierevolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>328,002</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>