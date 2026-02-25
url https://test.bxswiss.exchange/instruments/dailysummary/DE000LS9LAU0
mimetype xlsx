--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R681e6425c70a47bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f780805d664e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R610013084b054c54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d46d03c6dc74a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d5893d9da4743fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R610013084b054c54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4f329c7bbf4a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d46d03c6dc74a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Energierevolution</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAU0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>360,186</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>358,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>358,452</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>358,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>