--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0382478317574629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df8ea17dd774cae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134dc08bf9bb43aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ae4f9fa75ee4a17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0736e3b64da542a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134dc08bf9bb43aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R872b5f4fd3774f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ae4f9fa75ee4a17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zahnfee</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>230,419</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>