--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df8ea17dd774cae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83ed2d237bb64b05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ae4f9fa75ee4a17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1863bdabc02847cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R872b5f4fd3774f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ae4f9fa75ee4a17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R819fd37bd19c4fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1863bdabc02847cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zahnfee</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LAV8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>233,896</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,501</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>233,644</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>