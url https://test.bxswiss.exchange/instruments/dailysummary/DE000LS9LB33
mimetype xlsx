--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833bf29461b6445b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01fe12c3be7b4d46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aa569e9ef5a4098"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506c8d99d7b94857"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b089b2a31e74ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aa569e9ef5a4098" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R898c47226fb547e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506c8d99d7b94857" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>68,045</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,904</x:t>
-[...328 lines deleted...]
-          <x:t>69,544</x:t>
+          <x:t>69,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>