--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01fe12c3be7b4d46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90de4b93f4894907" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R506c8d99d7b94857"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab2c098f737a46f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R898c47226fb547e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R506c8d99d7b94857" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d53611e3b9e4f00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab2c098f737a46f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance + Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB33</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...338 lines deleted...]
-          <x:t>75,164</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,205</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>74,602</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>