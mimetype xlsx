--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0afdfa92494ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cb4165804ae44a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9cc6d00f7784344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548e2cb2b35a4503"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8805ddd72d4464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9cc6d00f7784344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f04510eef8433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548e2cb2b35a4503" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Hospitality Corps.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>113,950</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>