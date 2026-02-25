--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cb4165804ae44a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3109565bc3148d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548e2cb2b35a4503"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9675f516da74d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f04510eef8433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548e2cb2b35a4503" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra685cde06e52444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9675f516da74d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Extended Hospitality Corps.</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>