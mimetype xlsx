--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22dce0e0960241a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e2fc5f5cf64c86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3270deb82f504011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e2bf0b57cb4de7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffe9406e713e488a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3270deb82f504011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1fcb6e345994460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e2bf0b57cb4de7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende Pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>178,045</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>