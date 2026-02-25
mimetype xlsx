--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e2fc5f5cf64c86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83caf0fb39be4cab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e2bf0b57cb4de7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ea08e4d0544300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1fcb6e345994460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e2bf0b57cb4de7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffa7c5de6f7a41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ea08e4d0544300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstum &amp; Dividende Pro</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LB82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>